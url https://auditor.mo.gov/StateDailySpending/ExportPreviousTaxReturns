--- v0 (2025-12-05)
+++ v1 (2025-12-13)
@@ -12,50 +12,74 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="62" uniqueCount="62">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Amount</t>
   </si>
   <si>
+    <t>12/10/2025</t>
+  </si>
+  <si>
+    <t>$2,225,369.87</t>
+  </si>
+  <si>
+    <t>12/09/2025</t>
+  </si>
+  <si>
+    <t>$722,037.27</t>
+  </si>
+  <si>
+    <t>12/08/2025</t>
+  </si>
+  <si>
+    <t>$1,180,519.35</t>
+  </si>
+  <si>
+    <t>12/05/2025</t>
+  </si>
+  <si>
+    <t>$697,782.01</t>
+  </si>
+  <si>
     <t>12/04/2025</t>
   </si>
   <si>
     <t>$2,358,492.27</t>
   </si>
   <si>
     <t>12/03/2025</t>
   </si>
   <si>
     <t>$1,086,587.96</t>
   </si>
   <si>
     <t>12/02/2025</t>
   </si>
   <si>
     <t>$3,230,168.93</t>
   </si>
   <si>
     <t>11/25/2025</t>
   </si>
   <si>
     <t>$1,807,640.02</t>
   </si>
   <si>
     <t>11/24/2025</t>
@@ -166,74 +190,50 @@
     <t>$5,761,130.34</t>
   </si>
   <si>
     <t>10/14/2025</t>
   </si>
   <si>
     <t>$2,173,894.24</t>
   </si>
   <si>
     <t>10/10/2025</t>
   </si>
   <si>
     <t>$1,440,991.93</t>
   </si>
   <si>
     <t>10/09/2025</t>
   </si>
   <si>
     <t>$1,932,407.86</t>
   </si>
   <si>
     <t>10/08/2025</t>
   </si>
   <si>
     <t>$1,982,005.46</t>
-  </si>
-[...22 lines deleted...]
-    <t>$1,946,544.77</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>