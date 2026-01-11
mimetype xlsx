--- v1 (2025-12-13)
+++ v2 (2026-01-11)
@@ -12,50 +12,134 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="62" uniqueCount="62">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Amount</t>
   </si>
   <si>
+    <t>01/08/2026</t>
+  </si>
+  <si>
+    <t>$647,170.04</t>
+  </si>
+  <si>
+    <t>01/07/2026</t>
+  </si>
+  <si>
+    <t>$939,954.20</t>
+  </si>
+  <si>
+    <t>01/06/2026</t>
+  </si>
+  <si>
+    <t>$42,650.22</t>
+  </si>
+  <si>
+    <t>01/05/2026</t>
+  </si>
+  <si>
+    <t>$1,345,725.19</t>
+  </si>
+  <si>
+    <t>12/30/2025</t>
+  </si>
+  <si>
+    <t>$1,206,707.14</t>
+  </si>
+  <si>
+    <t>12/29/2025</t>
+  </si>
+  <si>
+    <t>$2,574,823.91</t>
+  </si>
+  <si>
+    <t>12/23/2025</t>
+  </si>
+  <si>
+    <t>$1,940,211.93</t>
+  </si>
+  <si>
+    <t>12/22/2025</t>
+  </si>
+  <si>
+    <t>$634,772.09</t>
+  </si>
+  <si>
+    <t>12/19/2025</t>
+  </si>
+  <si>
+    <t>$966,108.04</t>
+  </si>
+  <si>
+    <t>12/18/2025</t>
+  </si>
+  <si>
+    <t>$407,880.46</t>
+  </si>
+  <si>
+    <t>12/17/2025</t>
+  </si>
+  <si>
+    <t>$874,270.95</t>
+  </si>
+  <si>
+    <t>12/16/2025</t>
+  </si>
+  <si>
+    <t>$810,903.83</t>
+  </si>
+  <si>
+    <t>12/15/2025</t>
+  </si>
+  <si>
+    <t>$873,238.92</t>
+  </si>
+  <si>
+    <t>12/12/2025</t>
+  </si>
+  <si>
+    <t>$798,717.62</t>
+  </si>
+  <si>
     <t>12/10/2025</t>
   </si>
   <si>
     <t>$2,225,369.87</t>
   </si>
   <si>
     <t>12/09/2025</t>
   </si>
   <si>
     <t>$722,037.27</t>
   </si>
   <si>
     <t>12/08/2025</t>
   </si>
   <si>
     <t>$1,180,519.35</t>
   </si>
   <si>
     <t>12/05/2025</t>
   </si>
   <si>
     <t>$697,782.01</t>
   </si>
   <si>
     <t>12/04/2025</t>
@@ -106,134 +190,50 @@
     <t>$5,258,273.12</t>
   </si>
   <si>
     <t>11/10/2025</t>
   </si>
   <si>
     <t>$4,060,899.80</t>
   </si>
   <si>
     <t>11/07/2025</t>
   </si>
   <si>
     <t>$2,965,390.71</t>
   </si>
   <si>
     <t>11/06/2025</t>
   </si>
   <si>
     <t>$2,941,698.53</t>
   </si>
   <si>
     <t>11/05/2025</t>
   </si>
   <si>
     <t>$1,898,704.57</t>
-  </si>
-[...82 lines deleted...]
-    <t>$1,982,005.46</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>