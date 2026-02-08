--- v2 (2026-01-11)
+++ v3 (2026-02-08)
@@ -12,50 +12,152 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="62" uniqueCount="62">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Amount</t>
   </si>
   <si>
+    <t>02/05/2026</t>
+  </si>
+  <si>
+    <t>$5,447,401.87</t>
+  </si>
+  <si>
+    <t>02/04/2026</t>
+  </si>
+  <si>
+    <t>$38,135,526.41</t>
+  </si>
+  <si>
+    <t>02/03/2026</t>
+  </si>
+  <si>
+    <t>$2,200,896.66</t>
+  </si>
+  <si>
+    <t>02/02/2026</t>
+  </si>
+  <si>
+    <t>$14,641,934.89</t>
+  </si>
+  <si>
+    <t>01/29/2026</t>
+  </si>
+  <si>
+    <t>$29,168,544.22</t>
+  </si>
+  <si>
+    <t>01/28/2026</t>
+  </si>
+  <si>
+    <t>$346,087.06</t>
+  </si>
+  <si>
+    <t>01/27/2026</t>
+  </si>
+  <si>
+    <t>$270,426.82</t>
+  </si>
+  <si>
+    <t>01/26/2026</t>
+  </si>
+  <si>
+    <t>$448,271.83</t>
+  </si>
+  <si>
+    <t>01/23/2026</t>
+  </si>
+  <si>
+    <t>$620,527.11</t>
+  </si>
+  <si>
+    <t>01/22/2026</t>
+  </si>
+  <si>
+    <t>$311,068.61</t>
+  </si>
+  <si>
+    <t>01/21/2026</t>
+  </si>
+  <si>
+    <t>$1,389,086.02</t>
+  </si>
+  <si>
+    <t>01/20/2026</t>
+  </si>
+  <si>
+    <t>$733,609.57</t>
+  </si>
+  <si>
+    <t>01/16/2026</t>
+  </si>
+  <si>
+    <t>$311,823.53</t>
+  </si>
+  <si>
+    <t>01/15/2026</t>
+  </si>
+  <si>
+    <t>$180,338.65</t>
+  </si>
+  <si>
+    <t>01/14/2026</t>
+  </si>
+  <si>
+    <t>$579,333.40</t>
+  </si>
+  <si>
+    <t>01/13/2026</t>
+  </si>
+  <si>
+    <t>$1,230,707.84</t>
+  </si>
+  <si>
+    <t>01/12/2026</t>
+  </si>
+  <si>
+    <t>$5,188,252.51</t>
+  </si>
+  <si>
     <t>01/08/2026</t>
   </si>
   <si>
     <t>$647,170.04</t>
   </si>
   <si>
     <t>01/07/2026</t>
   </si>
   <si>
     <t>$939,954.20</t>
   </si>
   <si>
     <t>01/06/2026</t>
   </si>
   <si>
     <t>$42,650.22</t>
   </si>
   <si>
     <t>01/05/2026</t>
   </si>
   <si>
     <t>$1,345,725.19</t>
   </si>
   <si>
     <t>12/30/2025</t>
@@ -88,152 +190,50 @@
     <t>$966,108.04</t>
   </si>
   <si>
     <t>12/18/2025</t>
   </si>
   <si>
     <t>$407,880.46</t>
   </si>
   <si>
     <t>12/17/2025</t>
   </si>
   <si>
     <t>$874,270.95</t>
   </si>
   <si>
     <t>12/16/2025</t>
   </si>
   <si>
     <t>$810,903.83</t>
   </si>
   <si>
     <t>12/15/2025</t>
   </si>
   <si>
     <t>$873,238.92</t>
-  </si>
-[...100 lines deleted...]
-    <t>$1,898,704.57</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>