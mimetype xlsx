--- v3 (2026-02-08)
+++ v4 (2026-03-13)
@@ -12,228 +12,228 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="62" uniqueCount="62">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Amount</t>
   </si>
   <si>
+    <t>03/12/2026</t>
+  </si>
+  <si>
+    <t>$16,343,201.00</t>
+  </si>
+  <si>
+    <t>03/11/2026</t>
+  </si>
+  <si>
+    <t>$1,863,148.66</t>
+  </si>
+  <si>
+    <t>03/10/2026</t>
+  </si>
+  <si>
+    <t>$38,682,488.83</t>
+  </si>
+  <si>
+    <t>03/09/2026</t>
+  </si>
+  <si>
+    <t>$1,164,095.77</t>
+  </si>
+  <si>
+    <t>03/06/2026</t>
+  </si>
+  <si>
+    <t>$10,492,708.91</t>
+  </si>
+  <si>
+    <t>03/05/2026</t>
+  </si>
+  <si>
+    <t>$12,370,965.41</t>
+  </si>
+  <si>
+    <t>03/04/2026</t>
+  </si>
+  <si>
+    <t>$10,059,436.53</t>
+  </si>
+  <si>
+    <t>03/03/2026</t>
+  </si>
+  <si>
+    <t>$25,572,092.22</t>
+  </si>
+  <si>
+    <t>03/02/2026</t>
+  </si>
+  <si>
+    <t>$39,119,971.62</t>
+  </si>
+  <si>
+    <t>02/26/2026</t>
+  </si>
+  <si>
+    <t>$13,369,239.29</t>
+  </si>
+  <si>
+    <t>02/25/2026</t>
+  </si>
+  <si>
+    <t>$14,332,889.69</t>
+  </si>
+  <si>
+    <t>02/24/2026</t>
+  </si>
+  <si>
+    <t>$40,961,588.81</t>
+  </si>
+  <si>
+    <t>02/23/2026</t>
+  </si>
+  <si>
+    <t>$3,164,295.99</t>
+  </si>
+  <si>
+    <t>02/20/2026</t>
+  </si>
+  <si>
+    <t>$4,435,127.40</t>
+  </si>
+  <si>
+    <t>02/19/2026</t>
+  </si>
+  <si>
+    <t>$11,779,452.14</t>
+  </si>
+  <si>
+    <t>02/18/2026</t>
+  </si>
+  <si>
+    <t>$28,031,921.25</t>
+  </si>
+  <si>
+    <t>02/17/2026</t>
+  </si>
+  <si>
+    <t>$32,229,228.89</t>
+  </si>
+  <si>
+    <t>02/13/2026</t>
+  </si>
+  <si>
+    <t>$13,312,240.43</t>
+  </si>
+  <si>
+    <t>02/11/2026</t>
+  </si>
+  <si>
+    <t>$6,656,011.39</t>
+  </si>
+  <si>
+    <t>02/10/2026</t>
+  </si>
+  <si>
+    <t>$39,462,988.04</t>
+  </si>
+  <si>
+    <t>02/09/2026</t>
+  </si>
+  <si>
+    <t>$8,552,622.10</t>
+  </si>
+  <si>
+    <t>02/06/2026</t>
+  </si>
+  <si>
+    <t>$15,566,344.56</t>
+  </si>
+  <si>
     <t>02/05/2026</t>
   </si>
   <si>
     <t>$5,447,401.87</t>
   </si>
   <si>
     <t>02/04/2026</t>
   </si>
   <si>
     <t>$38,135,526.41</t>
   </si>
   <si>
     <t>02/03/2026</t>
   </si>
   <si>
     <t>$2,200,896.66</t>
   </si>
   <si>
     <t>02/02/2026</t>
   </si>
   <si>
     <t>$14,641,934.89</t>
   </si>
   <si>
     <t>01/29/2026</t>
   </si>
   <si>
     <t>$29,168,544.22</t>
   </si>
   <si>
     <t>01/28/2026</t>
   </si>
   <si>
     <t>$346,087.06</t>
   </si>
   <si>
     <t>01/27/2026</t>
   </si>
   <si>
     <t>$270,426.82</t>
   </si>
   <si>
     <t>01/26/2026</t>
   </si>
   <si>
     <t>$448,271.83</t>
-  </si>
-[...130 lines deleted...]
-    <t>$873,238.92</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>